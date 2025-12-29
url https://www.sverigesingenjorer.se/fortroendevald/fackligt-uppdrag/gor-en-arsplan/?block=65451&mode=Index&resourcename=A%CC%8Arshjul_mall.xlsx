--- v0 (2025-10-30)
+++ v1 (2025-12-29)
@@ -1,78 +1,80 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chartEx1.xml" ContentType="application/vnd.ms-office.chartex+xml"/>
   <Override PartName="/xl/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="10811"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29512"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/alexis.beijer/Desktop/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0B35AEC7-1F2B-214A-B496-E289720231A8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="6" documentId="13_ncr:1_{0B35AEC7-1F2B-214A-B496-E289720231A8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{9CB83256-3BEB-4BE6-87B8-130A5A1FED8D}"/>
   <bookViews>
     <workbookView xWindow="1520" yWindow="760" windowWidth="29800" windowHeight="21240" xr2:uid="{E00DCE35-BE54-41F4-926E-ED47C5E861FE}"/>
   </bookViews>
   <sheets>
     <sheet name="Årshjul" sheetId="4" r:id="rId1"/>
     <sheet name="Diagramdata" sheetId="5" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlchart.v1.0" hidden="1">Diagramdata!$B$4:$C$63</definedName>
-[...2 lines deleted...]
-    <definedName name="_xlchart.v1.3" hidden="1">Diagramdata!$F$4:$F$63</definedName>
+    <definedName name="_xlchart.v1.0" hidden="1">Diagramdata!$B$4:$B$63</definedName>
+    <definedName name="_xlchart.v1.1" hidden="1">Diagramdata!$B$4:$C$63</definedName>
+    <definedName name="_xlchart.v1.2" hidden="1">Diagramdata!$C$4:$C$63</definedName>
+    <definedName name="_xlchart.v1.3" hidden="1">Diagramdata!$D$4:$D$63</definedName>
+    <definedName name="_xlchart.v1.4" hidden="1">Diagramdata!$E$4:$E$63</definedName>
+    <definedName name="_xlchart.v1.5" hidden="1">Diagramdata!$F$4:$F$63</definedName>
   </definedNames>
   <calcPr calcId="191028" iterate="1"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="C63" i="5" l="1"/>
   <c r="B63" i="5" s="1"/>
@@ -236,198 +238,204 @@
   <c r="D41" i="5"/>
   <c r="D57" i="5"/>
   <c r="D22" i="5"/>
   <c r="D60" i="5"/>
   <c r="D16" i="5"/>
   <c r="D33" i="5"/>
   <c r="D18" i="5"/>
   <c r="D8" i="5"/>
   <c r="D13" i="5"/>
   <c r="D42" i="5"/>
   <c r="D58" i="5"/>
   <c r="D12" i="5"/>
   <c r="D4" i="5"/>
   <c r="D43" i="5"/>
   <c r="D48" i="5"/>
   <c r="D38" i="5"/>
   <c r="D53" i="5"/>
   <c r="D23" i="5"/>
   <c r="D17" i="5"/>
   <c r="D28" i="5"/>
   <c r="D63" i="5"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="106" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="110" uniqueCount="42">
   <si>
     <t>INMATNING</t>
   </si>
   <si>
     <t>Januari</t>
   </si>
   <si>
     <t>Februari</t>
   </si>
   <si>
     <t>Mars</t>
   </si>
   <si>
     <t>April</t>
   </si>
   <si>
     <t>Maj</t>
   </si>
   <si>
     <t>Juni</t>
   </si>
   <si>
     <t>Juli</t>
   </si>
   <si>
     <t>Augusti</t>
   </si>
   <si>
     <t>September</t>
   </si>
   <si>
     <t>Oktober</t>
   </si>
   <si>
     <t>November</t>
   </si>
   <si>
     <t>December</t>
   </si>
   <si>
-    <t>DIAGRAMDATA</t>
-[...19 lines deleted...]
-  <si>
     <t>Boka årsmöte</t>
   </si>
   <si>
-    <t>Genomföra årsmöte</t>
+    <t>Förberedelse lönerevision</t>
   </si>
   <si>
     <t>Lönerevision</t>
   </si>
   <si>
-    <t>Boka medlemsmöte</t>
+    <t>Medlemsmöte</t>
   </si>
   <si>
     <t>Årsmöte</t>
   </si>
   <si>
-    <t>Aktiviteter</t>
+    <t>Sommaravslutning</t>
   </si>
   <si>
-    <t>Medlemsmöte</t>
+    <t>Semester</t>
+  </si>
+  <si>
+    <t>Enkät löneprocess</t>
   </si>
   <si>
     <t>Planera uppstart lönerevision</t>
   </si>
   <si>
-    <t>Sommaravslutning</t>
-[...1 lines deleted...]
-  <si>
     <t>Julavslutning</t>
-  </si>
-[...7 lines deleted...]
-    <t>Förberedelse lönerevision</t>
   </si>
   <si>
     <t>Uppstart termin</t>
   </si>
   <si>
+    <t>Akademikerveckan</t>
+  </si>
+  <si>
     <t>Nyhetsbrev</t>
+  </si>
+  <si>
+    <t>Efter.arb lön</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <color theme="0"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Att göra en årsplan</t>
     </r>
     <r>
       <rPr>
         <sz val="14"/>
         <color theme="0"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">
 Ett årshjul kan underlätta planeringen under året. I kolumnerna ovan kan du fritt fylla i aktiviteter under årets månader. Vi har lagt in några exempel. Nedan har vi listat några aktiviteter som kan användas som inspiration.</t>
     </r>
   </si>
   <si>
-    <t>Efter.arb lön</t>
+    <t>Aktiviteter</t>
+  </si>
+  <si>
+    <t>Genomföra årsmöte</t>
+  </si>
+  <si>
+    <t>Boka medlemsmöte</t>
   </si>
   <si>
     <t>Möten inför lönesamtal</t>
   </si>
   <si>
     <t>Möten för nya medlemar</t>
   </si>
   <si>
     <t>Mejlutskick till medlemmar</t>
   </si>
+  <si>
+    <t>Olika årsdagar</t>
+  </si>
+  <si>
+    <t>DIAGRAMDATA</t>
+  </si>
+  <si>
+    <t>HJÄLPKOLUMNER</t>
+  </si>
+  <si>
+    <t>Månad</t>
+  </si>
+  <si>
+    <t>Aktivitet</t>
+  </si>
+  <si>
+    <t>Värde</t>
+  </si>
+  <si>
+    <t>Månad2</t>
+  </si>
+  <si>
+    <t>Akt.nummer</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="13" x14ac:knownFonts="1">
+  <fonts count="13">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="16"/>
       <color rgb="FF0070C0"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -679,85 +687,85 @@
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" quotePrefix="1"/>
     <xf numFmtId="49" fontId="1" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="1" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="11" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="1" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="7" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="1" fillId="8" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="11" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="1" fillId="8" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="11" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="11" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="49" fontId="8" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="8" fillId="7" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="12" fillId="10" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="10" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="10" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="10" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="10" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="10" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="10" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="10" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="10" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
-    </xf>
-[...7 lines deleted...]
-      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="49" fontId="8" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlänk" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="6">
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
           <bgColor theme="0" tint="-0.14999847407452621"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
           <bgColor theme="0" tint="-0.14999847407452621"/>
         </patternFill>
       </fill>
@@ -844,221 +852,203 @@
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chartEx1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/chartEx1.xml><?xml version="1.0" encoding="utf-8"?>
 <cx:chartSpace xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
   <cx:chartData>
     <cx:data id="0">
       <cx:strDim type="cat">
-        <cx:f>_xlchart.v1.0</cx:f>
+        <cx:f>_xlchart.v1.1</cx:f>
       </cx:strDim>
       <cx:numDim type="size">
-        <cx:f>_xlchart.v1.1</cx:f>
+        <cx:f>_xlchart.v1.3</cx:f>
       </cx:numDim>
     </cx:data>
     <cx:data id="1">
       <cx:strDim type="cat">
-        <cx:f>_xlchart.v1.0</cx:f>
+        <cx:f>_xlchart.v1.1</cx:f>
       </cx:strDim>
       <cx:numDim type="size">
-        <cx:f>_xlchart.v1.2</cx:f>
+        <cx:f>_xlchart.v1.4</cx:f>
       </cx:numDim>
     </cx:data>
     <cx:data id="2">
       <cx:strDim type="cat">
-        <cx:f>_xlchart.v1.0</cx:f>
+        <cx:f>_xlchart.v1.1</cx:f>
       </cx:strDim>
       <cx:numDim type="size">
-        <cx:f>_xlchart.v1.3</cx:f>
+        <cx:f>_xlchart.v1.5</cx:f>
       </cx:numDim>
     </cx:data>
   </cx:chartData>
   <cx:chart>
     <cx:title pos="t" align="ctr" overlay="0">
       <cx:tx>
-        <cx:rich>
-[...37 lines deleted...]
-            <a:endParaRPr lang="sv-SE" sz="1400" b="0" i="0" u="none" strike="noStrike" baseline="0">
+        <cx:txData>
+          <cx:v>Årshjul förtroendevalda 20xx</cx:v>
+        </cx:txData>
+      </cx:tx>
+      <cx:txPr>
+        <a:bodyPr spcFirstLastPara="1" vertOverflow="ellipsis" horzOverflow="overflow" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr" anchorCtr="1"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr algn="ctr" rtl="0">
+            <a:defRPr sz="1200" b="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:srgbClr val="0070C0"/>
+              </a:solidFill>
+            </a:defRPr>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="sv-SE" sz="1400" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="0099CC"/>
               </a:solidFill>
               <a:latin typeface="Calibri" panose="020F0502020204030204"/>
-            </a:endParaRPr>
-[...2 lines deleted...]
-      </cx:tx>
+            </a:rPr>
+            <a:t>Årshjul förtroendevalda 20xx</a:t>
+          </a:r>
+        </a:p>
+      </cx:txPr>
     </cx:title>
     <cx:plotArea>
       <cx:plotAreaRegion>
         <cx:series layoutId="sunburst" uniqueId="{7AC9BCB3-6CB7-45C1-B289-EB3B92514B97}" formatIdx="0">
           <cx:tx>
             <cx:txData>
               <cx:f/>
               <cx:v>Värde</cx:v>
             </cx:txData>
           </cx:tx>
           <cx:spPr>
             <a:solidFill>
               <a:schemeClr val="accent2"/>
             </a:solidFill>
           </cx:spPr>
           <cx:dataPt idx="0">
             <cx:spPr>
               <a:solidFill>
                 <a:srgbClr val="545B66"/>
               </a:solidFill>
             </cx:spPr>
           </cx:dataPt>
           <cx:dataPt idx="2">
             <cx:spPr>
               <a:solidFill>
                 <a:srgbClr val="E46290"/>
               </a:solidFill>
             </cx:spPr>
           </cx:dataPt>
           <cx:dataPt idx="4">
             <cx:spPr>
               <a:solidFill>
                 <a:srgbClr val="0099CC"/>
               </a:solidFill>
             </cx:spPr>
           </cx:dataPt>
           <cx:dataPt idx="7">
             <cx:spPr>
               <a:solidFill>
                 <a:srgbClr val="545B66"/>
               </a:solidFill>
             </cx:spPr>
           </cx:dataPt>
-          <cx:dataPt idx="9">
+          <cx:dataPt idx="10">
             <cx:spPr>
               <a:solidFill>
                 <a:srgbClr val="E46290"/>
               </a:solidFill>
             </cx:spPr>
           </cx:dataPt>
-          <cx:dataPt idx="11">
+          <cx:dataPt idx="12">
             <cx:spPr>
               <a:solidFill>
                 <a:srgbClr val="0099CC"/>
               </a:solidFill>
             </cx:spPr>
           </cx:dataPt>
-          <cx:dataPt idx="13">
+          <cx:dataPt idx="14">
             <cx:spPr>
               <a:solidFill>
                 <a:srgbClr val="545B66"/>
               </a:solidFill>
             </cx:spPr>
           </cx:dataPt>
-          <cx:dataPt idx="16">
+          <cx:dataPt idx="17">
             <cx:spPr>
               <a:solidFill>
                 <a:srgbClr val="E46290"/>
               </a:solidFill>
             </cx:spPr>
           </cx:dataPt>
-          <cx:dataPt idx="18">
+          <cx:dataPt idx="19">
             <cx:spPr>
               <a:solidFill>
                 <a:srgbClr val="0099CC"/>
               </a:solidFill>
             </cx:spPr>
           </cx:dataPt>
-          <cx:dataPt idx="19"/>
           <cx:dataPt idx="20"/>
-          <cx:dataPt idx="21">
+          <cx:dataPt idx="21"/>
+          <cx:dataPt idx="22">
             <cx:spPr>
               <a:solidFill>
                 <a:srgbClr val="545B66"/>
               </a:solidFill>
             </cx:spPr>
           </cx:dataPt>
-          <cx:dataPt idx="24">
+          <cx:dataPt idx="25">
             <cx:spPr>
               <a:solidFill>
                 <a:srgbClr val="E46290"/>
               </a:solidFill>
             </cx:spPr>
           </cx:dataPt>
-          <cx:dataPt idx="26">
+          <cx:dataPt idx="28">
             <cx:spPr>
               <a:solidFill>
                 <a:srgbClr val="0099CC"/>
               </a:solidFill>
             </cx:spPr>
           </cx:dataPt>
           <cx:dataLabels>
             <cx:txPr>
               <a:bodyPr spcFirstLastPara="1" vertOverflow="ellipsis" horzOverflow="overflow" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr" anchorCtr="1"/>
               <a:lstStyle/>
               <a:p>
                 <a:pPr algn="ctr" rtl="0">
                   <a:defRPr sz="1400" b="0">
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:solidFill>
                       <a:sysClr val="window" lastClr="FFFFFF"/>
                     </a:solidFill>
                   </a:defRPr>
                 </a:pPr>
                 <a:endParaRPr lang="sv-SE" sz="1400" b="0" i="0" u="none" strike="noStrike" baseline="0">
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
@@ -1124,176 +1114,176 @@
             <cx:dataLabel idx="4">
               <cx:txPr>
                 <a:bodyPr spcFirstLastPara="1" vertOverflow="ellipsis" horzOverflow="overflow" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr" anchorCtr="1"/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr algn="ctr" rtl="0">
                     <a:defRPr sz="1200" b="0"/>
                   </a:pPr>
                   <a:r>
                     <a:rPr lang="sv-SE" sz="1200" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                       <a:solidFill>
                         <a:sysClr val="window" lastClr="FFFFFF"/>
                       </a:solidFill>
                       <a:latin typeface="Calibri" panose="020F0502020204030204"/>
                     </a:rPr>
                     <a:t>Oktober</a:t>
                   </a:r>
                 </a:p>
               </cx:txPr>
               <cx:visibility seriesName="0" categoryName="1" value="0"/>
               <cx:separator>, </cx:separator>
             </cx:dataLabel>
-            <cx:dataLabel idx="9">
+            <cx:dataLabel idx="10">
               <cx:txPr>
                 <a:bodyPr spcFirstLastPara="1" vertOverflow="ellipsis" horzOverflow="overflow" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr" anchorCtr="1"/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr algn="ctr" rtl="0">
                     <a:defRPr sz="1200" b="0"/>
                   </a:pPr>
                   <a:r>
                     <a:rPr lang="sv-SE" sz="1200" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                       <a:solidFill>
                         <a:sysClr val="window" lastClr="FFFFFF"/>
                       </a:solidFill>
                       <a:latin typeface="Calibri" panose="020F0502020204030204"/>
                     </a:rPr>
                     <a:t>Augusti</a:t>
                   </a:r>
                 </a:p>
               </cx:txPr>
               <cx:visibility seriesName="0" categoryName="1" value="0"/>
               <cx:separator>, </cx:separator>
             </cx:dataLabel>
-            <cx:dataLabel idx="11">
+            <cx:dataLabel idx="12">
               <cx:txPr>
                 <a:bodyPr spcFirstLastPara="1" vertOverflow="ellipsis" horzOverflow="overflow" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr" anchorCtr="1"/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr algn="ctr" rtl="0">
                     <a:defRPr sz="1200" b="0"/>
                   </a:pPr>
                   <a:r>
                     <a:rPr lang="sv-SE" sz="1200" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                       <a:solidFill>
                         <a:sysClr val="window" lastClr="FFFFFF"/>
                       </a:solidFill>
                       <a:latin typeface="Calibri" panose="020F0502020204030204"/>
                     </a:rPr>
                     <a:t>Juli</a:t>
                   </a:r>
                 </a:p>
               </cx:txPr>
               <cx:visibility seriesName="0" categoryName="1" value="0"/>
               <cx:separator>, </cx:separator>
             </cx:dataLabel>
-            <cx:dataLabel idx="16">
+            <cx:dataLabel idx="17">
               <cx:txPr>
                 <a:bodyPr spcFirstLastPara="1" vertOverflow="ellipsis" horzOverflow="overflow" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr" anchorCtr="1"/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr algn="ctr" rtl="0">
                     <a:defRPr sz="1200" b="0"/>
                   </a:pPr>
                   <a:r>
                     <a:rPr lang="sv-SE" sz="1200" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                       <a:solidFill>
                         <a:sysClr val="window" lastClr="FFFFFF"/>
                       </a:solidFill>
                       <a:latin typeface="Calibri" panose="020F0502020204030204"/>
                     </a:rPr>
                     <a:t>Maj</a:t>
                   </a:r>
                 </a:p>
               </cx:txPr>
               <cx:visibility seriesName="0" categoryName="1" value="0"/>
               <cx:separator>, </cx:separator>
             </cx:dataLabel>
-            <cx:dataLabel idx="17">
+            <cx:dataLabel idx="18">
               <cx:txPr>
                 <a:bodyPr spcFirstLastPara="1" vertOverflow="ellipsis" horzOverflow="overflow" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr" anchorCtr="1"/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr algn="ctr" rtl="0">
                     <a:defRPr sz="1200" b="0"/>
                   </a:pPr>
                   <a:r>
                     <a:rPr lang="sv-SE" sz="1200" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                       <a:solidFill>
                         <a:sysClr val="window" lastClr="FFFFFF"/>
                       </a:solidFill>
                       <a:latin typeface="Calibri" panose="020F0502020204030204"/>
                     </a:rPr>
                     <a:t>Årsmöte</a:t>
                   </a:r>
                 </a:p>
               </cx:txPr>
               <cx:visibility seriesName="0" categoryName="1" value="0"/>
               <cx:separator>, </cx:separator>
             </cx:dataLabel>
-            <cx:dataLabel idx="18">
+            <cx:dataLabel idx="19">
               <cx:txPr>
                 <a:bodyPr spcFirstLastPara="1" vertOverflow="ellipsis" horzOverflow="overflow" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr" anchorCtr="1"/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr algn="ctr" rtl="0">
                     <a:defRPr sz="1200" b="0"/>
                   </a:pPr>
                   <a:r>
                     <a:rPr lang="sv-SE" sz="1200" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                       <a:solidFill>
                         <a:sysClr val="window" lastClr="FFFFFF"/>
                       </a:solidFill>
                       <a:latin typeface="Calibri" panose="020F0502020204030204"/>
                     </a:rPr>
                     <a:t>April</a:t>
                   </a:r>
                 </a:p>
               </cx:txPr>
               <cx:visibility seriesName="0" categoryName="1" value="0"/>
               <cx:separator>, </cx:separator>
             </cx:dataLabel>
-            <cx:dataLabel idx="29">
+            <cx:dataLabel idx="31">
               <cx:txPr>
                 <a:bodyPr spcFirstLastPara="1" vertOverflow="ellipsis" horzOverflow="overflow" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr" anchorCtr="1"/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr algn="ctr" rtl="0">
                     <a:defRPr>
                       <a:solidFill>
                         <a:schemeClr val="tx1"/>
                       </a:solidFill>
                     </a:defRPr>
                   </a:pPr>
                   <a:r>
                     <a:rPr lang="sv-SE" sz="1000" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                       <a:solidFill>
                         <a:schemeClr val="tx1"/>
                       </a:solidFill>
                       <a:latin typeface="Calibri" panose="020F0502020204030204"/>
                     </a:rPr>
                     <a:t>Coachning rekr. Fdv</a:t>
                   </a:r>
                 </a:p>
               </cx:txPr>
@@ -1934,109 +1924,109 @@
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvGraphicFramePr/>
           </xdr:nvGraphicFramePr>
           <xdr:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="0" cy="0"/>
           </xdr:xfrm>
           <a:graphic>
             <a:graphicData uri="http://schemas.microsoft.com/office/drawing/2014/chartex">
               <cx:chart xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
             </a:graphicData>
           </a:graphic>
         </xdr:graphicFrame>
       </mc:Choice>
       <mc:Fallback>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="0" name=""/>
             <xdr:cNvSpPr>
               <a:spLocks noTextEdit="1"/>
             </xdr:cNvSpPr>
           </xdr:nvSpPr>
           <xdr:spPr>
             <a:xfrm>
-              <a:off x="4521201" y="2054225"/>
-              <a:ext cx="12262578" cy="10115550"/>
+              <a:off x="0" y="0"/>
+              <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
               <a:prstClr val="white"/>
             </a:solidFill>
             <a:ln w="1">
               <a:solidFill>
                 <a:prstClr val="green"/>
               </a:solidFill>
             </a:ln>
           </xdr:spPr>
           <xdr:txBody>
             <a:bodyPr vertOverflow="clip" horzOverflow="clip"/>
             <a:lstStyle/>
             <a:p>
               <a:r>
-                <a:rPr lang="sv-SE" sz="1100"/>
+                <a:rPr sz="1100"/>
                 <a:t>Det här diagrammet är inte tillgängligt i din version av Excel.
 Om du redigerar figuren eller sparar arbetsboken i ett annat filformat bryts diagrammet permanent.</a:t>
               </a:r>
             </a:p>
           </xdr:txBody>
         </xdr:sp>
       </mc:Fallback>
     </mc:AlternateContent>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="5" xr:uid="{1CEC2327-758E-47B2-A7EA-0928ED390FE8}" name="Tabell136" displayName="Tabell136" ref="B3:F63" totalsRowShown="0" dataDxfId="5">
   <autoFilter ref="B3:F63" xr:uid="{D17E096F-8E43-4411-B9FA-9ECCF2A2A83C}"/>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="B4:D34">
     <sortCondition ref="B3:B34"/>
   </sortState>
   <tableColumns count="5">
     <tableColumn id="1" xr3:uid="{4AA283E7-9090-455E-802E-49FEF0D15CCA}" name="Månad" dataDxfId="4">
       <calculatedColumnFormula>IF(OR(Tabell136[[#This Row],[Aktivitet]]&lt;&gt;"",E4&lt;&gt;E5),E4,"")</calculatedColumnFormula>
     </tableColumn>
     <tableColumn id="15" xr3:uid="{BE337CF1-7649-4D08-B048-708B9401873E}" name="Aktivitet" dataDxfId="3">
       <calculatedColumnFormula>TEXT(OFFSET(Årshjul!$B$3,F4,MATCH(E4,Årshjul!$B$3:$M$3,0)-1),"")</calculatedColumnFormula>
     </tableColumn>
     <tableColumn id="14" xr3:uid="{3F4F5F8C-469F-4ABF-8FF5-41D5BCE9A4E7}" name="Värde" dataDxfId="2">
       <calculatedColumnFormula>IF(Tabell136[[#This Row],[Månad]]&lt;&gt;"",IFERROR(1/COUNTIF(Tabell136[Månad],Tabell136[[#This Row],[Månad]]),""),"")</calculatedColumnFormula>
     </tableColumn>
     <tableColumn id="2" xr3:uid="{FD9185DA-60B2-4DBD-87CB-550EF6922998}" name="Månad2" dataDxfId="1"/>
     <tableColumn id="3" xr3:uid="{9D992933-72CD-4B8E-9518-199CBEDAE897}" name="Akt.nummer" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium6" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
@@ -2298,1624 +2288,1623 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{68EC0E99-13E6-4770-9362-535AD7ED68A4}">
   <dimension ref="A1:M40"/>
   <sheetViews>
-    <sheetView showGridLines="0" showRowColHeaders="0" tabSelected="1" zoomScale="80" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="B27" sqref="B27:C27"/>
+    <sheetView showGridLines="0" showRowColHeaders="0" tabSelected="1" topLeftCell="D1" zoomScale="80" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="J5" sqref="J5"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="4.5" customWidth="1"/>
+    <col min="1" max="1" width="4.42578125" customWidth="1"/>
     <col min="2" max="13" width="18" customWidth="1"/>
-    <col min="14" max="14" width="12.5" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="23" max="23" width="14.5" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="12.42578125" customWidth="1"/>
+    <col min="15" max="15" width="12.28515625" customWidth="1"/>
+    <col min="19" max="19" width="12.140625" bestFit="1" customWidth="1"/>
+    <col min="20" max="20" width="14.85546875" customWidth="1"/>
+    <col min="21" max="21" width="8.140625" customWidth="1"/>
+    <col min="22" max="22" width="14.28515625" bestFit="1" customWidth="1"/>
+    <col min="23" max="23" width="14.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13" ht="7.5" customHeight="1" x14ac:dyDescent="0.2"/>
-    <row r="2" spans="1:13" ht="21" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:13" ht="7.5" customHeight="1"/>
+    <row r="2" spans="1:13" ht="21">
       <c r="B2" s="7" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:13" ht="19" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:13" ht="18.95">
       <c r="B3" s="6" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="6" t="s">
         <v>2</v>
       </c>
       <c r="D3" s="6" t="s">
         <v>3</v>
       </c>
       <c r="E3" s="6" t="s">
         <v>4</v>
       </c>
       <c r="F3" s="6" t="s">
         <v>5</v>
       </c>
       <c r="G3" s="6" t="s">
         <v>6</v>
       </c>
       <c r="H3" s="6" t="s">
         <v>7</v>
       </c>
       <c r="I3" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J3" s="6" t="s">
         <v>9</v>
       </c>
       <c r="K3" s="6" t="s">
         <v>10</v>
       </c>
       <c r="L3" s="6" t="s">
         <v>11</v>
       </c>
       <c r="M3" s="6" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="4" spans="1:13" ht="35" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:13" ht="35.1">
       <c r="A4" s="5">
         <v>1</v>
       </c>
       <c r="B4" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="C4" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="D4" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="E4" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="F4" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="G4" s="11" t="s">
+        <v>18</v>
+      </c>
+      <c r="H4" s="12" t="s">
+        <v>19</v>
+      </c>
+      <c r="I4" s="12" t="s">
+        <v>19</v>
+      </c>
+      <c r="J4" s="9" t="s">
         <v>20</v>
       </c>
-      <c r="C4" s="9" t="s">
-[...2 lines deleted...]
-      <c r="D4" s="9" t="s">
+      <c r="K4" s="10" t="s">
+        <v>16</v>
+      </c>
+      <c r="L4" s="13" t="s">
+        <v>21</v>
+      </c>
+      <c r="M4" s="9" t="s">
         <v>22</v>
       </c>
-      <c r="E4" s="9" t="s">
-[...27 lines deleted...]
-    <row r="5" spans="1:13" ht="19" x14ac:dyDescent="0.25">
+    </row>
+    <row r="5" spans="1:13" ht="18.95">
       <c r="A5" s="5">
         <v>2</v>
       </c>
       <c r="B5" s="14" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="C5" s="14"/>
+        <v>23</v>
+      </c>
+      <c r="C5" s="14" t="s">
+        <v>24</v>
+      </c>
       <c r="D5" s="14" t="s">
-        <v>34</v>
+        <v>25</v>
       </c>
       <c r="E5" s="15" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="F5" s="16"/>
       <c r="G5" s="17" t="s">
-        <v>34</v>
+        <v>25</v>
       </c>
       <c r="H5" s="17"/>
       <c r="I5" s="17"/>
-      <c r="J5" s="17"/>
+      <c r="J5" s="17" t="s">
+        <v>24</v>
+      </c>
       <c r="K5" s="18" t="s">
-        <v>34</v>
+        <v>25</v>
       </c>
       <c r="L5" s="18"/>
       <c r="M5" s="19"/>
     </row>
-    <row r="6" spans="1:13" ht="19" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:13" ht="18.95">
       <c r="A6" s="5">
         <v>3</v>
       </c>
       <c r="B6" s="9"/>
       <c r="C6" s="9"/>
       <c r="D6" s="9"/>
       <c r="E6" s="9"/>
       <c r="F6" s="9"/>
       <c r="G6" s="20"/>
       <c r="H6" s="9"/>
       <c r="I6" s="9"/>
       <c r="J6" s="20"/>
       <c r="K6" s="21"/>
       <c r="L6" s="9"/>
       <c r="M6" s="11"/>
     </row>
-    <row r="7" spans="1:13" ht="19" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:13" ht="18.95">
       <c r="A7" s="5">
         <v>4</v>
       </c>
       <c r="B7" s="14"/>
       <c r="C7" s="14"/>
       <c r="D7" s="14"/>
       <c r="E7" s="14"/>
       <c r="F7" s="18"/>
       <c r="G7" s="14"/>
       <c r="H7" s="14"/>
       <c r="I7" s="14"/>
       <c r="J7" s="19"/>
       <c r="K7" s="18"/>
       <c r="L7" s="14"/>
       <c r="M7" s="14"/>
     </row>
-    <row r="8" spans="1:13" ht="19" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:13" ht="18.95">
       <c r="A8" s="5"/>
     </row>
-    <row r="9" spans="1:13" ht="19" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:13" ht="18.95">
       <c r="A9" s="5"/>
     </row>
-    <row r="10" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...39 lines deleted...]
-      <c r="D17" s="30"/>
+    <row r="10" spans="1:13" ht="15" customHeight="1">
+      <c r="B10" s="25" t="s">
+        <v>27</v>
+      </c>
+      <c r="C10" s="26"/>
+      <c r="D10" s="27"/>
+    </row>
+    <row r="11" spans="1:13" ht="15" customHeight="1">
+      <c r="B11" s="28"/>
+      <c r="C11" s="29"/>
+      <c r="D11" s="30"/>
+    </row>
+    <row r="12" spans="1:13" ht="15" customHeight="1">
+      <c r="B12" s="28"/>
+      <c r="C12" s="29"/>
+      <c r="D12" s="30"/>
+    </row>
+    <row r="13" spans="1:13" ht="15" customHeight="1">
+      <c r="B13" s="28"/>
+      <c r="C13" s="29"/>
+      <c r="D13" s="30"/>
+    </row>
+    <row r="14" spans="1:13" ht="15" customHeight="1">
+      <c r="B14" s="28"/>
+      <c r="C14" s="29"/>
+      <c r="D14" s="30"/>
+    </row>
+    <row r="15" spans="1:13" ht="15" customHeight="1">
+      <c r="B15" s="28"/>
+      <c r="C15" s="29"/>
+      <c r="D15" s="30"/>
+    </row>
+    <row r="16" spans="1:13" ht="15" customHeight="1">
+      <c r="B16" s="28"/>
+      <c r="C16" s="29"/>
+      <c r="D16" s="30"/>
+    </row>
+    <row r="17" spans="2:12">
+      <c r="B17" s="31"/>
+      <c r="C17" s="32"/>
+      <c r="D17" s="33"/>
       <c r="L17" s="4"/>
     </row>
-    <row r="19" spans="2:12" ht="19" customHeight="1" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="C19" s="33"/>
+    <row r="19" spans="2:12" ht="18.95" customHeight="1">
+      <c r="B19" s="23" t="s">
+        <v>28</v>
+      </c>
+      <c r="C19" s="23"/>
       <c r="D19" s="8"/>
     </row>
-    <row r="20" spans="2:12" ht="19" customHeight="1" x14ac:dyDescent="0.25">
-[...35 lines deleted...]
-    <row r="26" spans="2:12" ht="19" x14ac:dyDescent="0.25">
+    <row r="20" spans="2:12" ht="18.95" customHeight="1">
+      <c r="B20" s="22" t="s">
+        <v>13</v>
+      </c>
+      <c r="C20" s="22"/>
+    </row>
+    <row r="21" spans="2:12" ht="18.95" customHeight="1">
+      <c r="B21" s="24" t="s">
+        <v>29</v>
+      </c>
+      <c r="C21" s="24"/>
+    </row>
+    <row r="22" spans="2:12" ht="18.95" customHeight="1">
+      <c r="B22" s="22" t="s">
+        <v>15</v>
+      </c>
+      <c r="C22" s="22"/>
+    </row>
+    <row r="23" spans="2:12" ht="18.95" customHeight="1">
+      <c r="B23" s="24" t="s">
+        <v>30</v>
+      </c>
+      <c r="C23" s="24"/>
+    </row>
+    <row r="24" spans="2:12" ht="18.95" customHeight="1">
+      <c r="B24" s="22" t="s">
+        <v>31</v>
+      </c>
+      <c r="C24" s="22"/>
+    </row>
+    <row r="25" spans="2:12" ht="18.95">
+      <c r="B25" s="24" t="s">
+        <v>32</v>
+      </c>
+      <c r="C25" s="24"/>
+    </row>
+    <row r="26" spans="2:12" ht="18.75">
       <c r="B26" s="34" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="C26" s="34"/>
     </row>
-    <row r="27" spans="2:12" ht="19" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-    <row r="40" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="27" spans="2:12" ht="18.95">
+      <c r="B27" s="24" t="s">
+        <v>24</v>
+      </c>
+      <c r="C27" s="24"/>
+    </row>
+    <row r="28" spans="2:12" ht="18.95">
+      <c r="B28" s="22" t="s">
+        <v>34</v>
+      </c>
+      <c r="C28" s="22"/>
+    </row>
+    <row r="40" spans="12:12">
       <c r="L40" s="3"/>
     </row>
   </sheetData>
   <mergeCells count="11">
+    <mergeCell ref="B10:D17"/>
+    <mergeCell ref="B24:C24"/>
+    <mergeCell ref="B25:C25"/>
+    <mergeCell ref="B26:C26"/>
+    <mergeCell ref="B27:C27"/>
     <mergeCell ref="B28:C28"/>
     <mergeCell ref="B19:C19"/>
     <mergeCell ref="B20:C20"/>
     <mergeCell ref="B21:C21"/>
     <mergeCell ref="B22:C22"/>
     <mergeCell ref="B23:C23"/>
-    <mergeCell ref="B10:D17"/>
-[...3 lines deleted...]
-    <mergeCell ref="B27:C27"/>
   </mergeCells>
   <phoneticPr fontId="2" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{74AE5345-5960-49B4-9ABF-80350BD23573}">
   <dimension ref="B2:F63"/>
   <sheetViews>
     <sheetView showGridLines="0" topLeftCell="A2" workbookViewId="0">
       <selection activeCell="D16" sqref="D16"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" customWidth="1"/>
-    <col min="2" max="2" width="12.1640625" bestFit="1" customWidth="1"/>
-    <col min="3" max="3" width="11.1640625" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="12.140625" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="12" bestFit="1" customWidth="1"/>
-    <col min="5" max="5" width="14.33203125" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="14.5" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="14.28515625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="14.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:6" ht="21" x14ac:dyDescent="0.25">
+    <row r="2" spans="2:6" ht="21">
       <c r="B2" s="2" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
       <c r="E2" s="2" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="3" spans="2:6" x14ac:dyDescent="0.2">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="3" spans="2:6">
       <c r="B3" t="s">
-        <v>15</v>
+        <v>37</v>
       </c>
       <c r="C3" t="s">
-        <v>16</v>
+        <v>38</v>
       </c>
       <c r="D3" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="E3" t="s">
-        <v>18</v>
+        <v>40</v>
       </c>
       <c r="F3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="4" spans="2:6" x14ac:dyDescent="0.2">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="4" spans="2:6">
       <c r="B4" t="str">
         <f ca="1">IF(OR(Tabell136[[#This Row],[Aktivitet]]&lt;&gt;"",E4&lt;&gt;E5),E4,"")</f>
         <v/>
       </c>
       <c r="C4" t="str">
         <f ca="1">TEXT(OFFSET(Årshjul!$B$3,F4,MATCH(E4,Årshjul!$B$3:$M$3,0)-1),"")</f>
         <v/>
       </c>
       <c r="D4" t="str">
         <f ca="1">IF(Tabell136[[#This Row],[Månad]]&lt;&gt;"",IFERROR(1/COUNTIF(Tabell136[Månad],Tabell136[[#This Row],[Månad]]),""),"")</f>
         <v/>
       </c>
       <c r="E4" s="1" t="s">
         <v>12</v>
       </c>
       <c r="F4" s="1">
         <v>5</v>
       </c>
     </row>
-    <row r="5" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="5" spans="2:6">
       <c r="B5" t="str">
         <f ca="1">IF(OR(Tabell136[[#This Row],[Aktivitet]]&lt;&gt;"",E5&lt;&gt;E6),E5,"")</f>
         <v/>
       </c>
       <c r="C5" t="str">
         <f ca="1">TEXT(OFFSET(Årshjul!$B$3,F5,MATCH(E5,Årshjul!$B$3:$M$3,0)-1),"")</f>
         <v/>
       </c>
       <c r="D5" t="str">
         <f ca="1">IF(Tabell136[[#This Row],[Månad]]&lt;&gt;"",IFERROR(1/COUNTIF(Tabell136[Månad],Tabell136[[#This Row],[Månad]]),""),"")</f>
         <v/>
       </c>
       <c r="E5" s="1" t="s">
         <v>12</v>
       </c>
       <c r="F5" s="1">
         <v>4</v>
       </c>
     </row>
-    <row r="6" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="6" spans="2:6">
       <c r="B6" t="str">
         <f ca="1">IF(OR(Tabell136[[#This Row],[Aktivitet]]&lt;&gt;"",E6&lt;&gt;E7),E6,"")</f>
         <v/>
       </c>
       <c r="C6" t="str">
         <f ca="1">TEXT(OFFSET(Årshjul!$B$3,F6,MATCH(E6,Årshjul!$B$3:$M$3,0)-1),"")</f>
         <v/>
       </c>
       <c r="D6" t="str">
         <f ca="1">IF(Tabell136[[#This Row],[Månad]]&lt;&gt;"",IFERROR(1/COUNTIF(Tabell136[Månad],Tabell136[[#This Row],[Månad]]),""),"")</f>
         <v/>
       </c>
       <c r="E6" s="1" t="s">
         <v>12</v>
       </c>
       <c r="F6" s="1">
         <v>3</v>
       </c>
     </row>
-    <row r="7" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="7" spans="2:6">
       <c r="B7" t="str">
         <f ca="1">IF(OR(Tabell136[[#This Row],[Aktivitet]]&lt;&gt;"",E7&lt;&gt;E8),E7,"")</f>
         <v/>
       </c>
       <c r="C7" t="str">
         <f ca="1">TEXT(OFFSET(Årshjul!$B$3,F7,MATCH(E7,Årshjul!$B$3:$M$3,0)-1),"")</f>
         <v/>
       </c>
       <c r="D7" t="str">
         <f ca="1">IF(Tabell136[[#This Row],[Månad]]&lt;&gt;"",IFERROR(1/COUNTIF(Tabell136[Månad],Tabell136[[#This Row],[Månad]]),""),"")</f>
         <v/>
       </c>
       <c r="E7" s="1" t="s">
         <v>12</v>
       </c>
       <c r="F7" s="1">
         <v>2</v>
       </c>
     </row>
-    <row r="8" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="8" spans="2:6">
       <c r="B8" t="str">
         <f ca="1">IF(OR(Tabell136[[#This Row],[Aktivitet]]&lt;&gt;"",E8&lt;&gt;E9),E8,"")</f>
         <v>December</v>
       </c>
       <c r="C8" t="str">
         <f ca="1">TEXT(OFFSET(Årshjul!$B$3,F8,MATCH(E8,Årshjul!$B$3:$M$3,0)-1),"")</f>
         <v>Julavslutning</v>
       </c>
       <c r="D8">
         <f ca="1">IF(Tabell136[[#This Row],[Månad]]&lt;&gt;"",IFERROR(1/COUNTIF(Tabell136[Månad],Tabell136[[#This Row],[Månad]]),""),"")</f>
         <v>1</v>
       </c>
       <c r="E8" s="1" t="s">
         <v>12</v>
       </c>
       <c r="F8" s="1">
         <v>1</v>
       </c>
     </row>
-    <row r="9" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="9" spans="2:6">
       <c r="B9" t="str">
         <f ca="1">IF(OR(Tabell136[[#This Row],[Aktivitet]]&lt;&gt;"",E9&lt;&gt;E10),E9,"")</f>
         <v/>
       </c>
       <c r="C9" t="str">
         <f ca="1">TEXT(OFFSET(Årshjul!$B$3,F9,MATCH(E9,Årshjul!$B$3:$M$3,0)-1),"")</f>
         <v/>
       </c>
       <c r="D9" t="str">
         <f ca="1">IF(Tabell136[[#This Row],[Månad]]&lt;&gt;"",IFERROR(1/COUNTIF(Tabell136[Månad],Tabell136[[#This Row],[Månad]]),""),"")</f>
         <v/>
       </c>
       <c r="E9" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F9" s="1">
         <v>5</v>
       </c>
     </row>
-    <row r="10" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="10" spans="2:6">
       <c r="B10" t="str">
         <f ca="1">IF(OR(Tabell136[[#This Row],[Aktivitet]]&lt;&gt;"",E10&lt;&gt;E11),E10,"")</f>
         <v/>
       </c>
       <c r="C10" t="str">
         <f ca="1">TEXT(OFFSET(Årshjul!$B$3,F10,MATCH(E10,Årshjul!$B$3:$M$3,0)-1),"")</f>
         <v/>
       </c>
       <c r="D10" t="str">
         <f ca="1">IF(Tabell136[[#This Row],[Månad]]&lt;&gt;"",IFERROR(1/COUNTIF(Tabell136[Månad],Tabell136[[#This Row],[Månad]]),""),"")</f>
         <v/>
       </c>
       <c r="E10" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F10" s="1">
         <v>4</v>
       </c>
     </row>
-    <row r="11" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="11" spans="2:6">
       <c r="B11" t="str">
         <f ca="1">IF(OR(Tabell136[[#This Row],[Aktivitet]]&lt;&gt;"",E11&lt;&gt;E12),E11,"")</f>
         <v/>
       </c>
       <c r="C11" t="str">
         <f ca="1">TEXT(OFFSET(Årshjul!$B$3,F11,MATCH(E11,Årshjul!$B$3:$M$3,0)-1),"")</f>
         <v/>
       </c>
       <c r="D11" t="str">
         <f ca="1">IF(Tabell136[[#This Row],[Månad]]&lt;&gt;"",IFERROR(1/COUNTIF(Tabell136[Månad],Tabell136[[#This Row],[Månad]]),""),"")</f>
         <v/>
       </c>
       <c r="E11" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F11" s="1">
         <v>3</v>
       </c>
     </row>
-    <row r="12" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="12" spans="2:6">
       <c r="B12" t="str">
         <f ca="1">IF(OR(Tabell136[[#This Row],[Aktivitet]]&lt;&gt;"",E12&lt;&gt;E13),E12,"")</f>
         <v/>
       </c>
       <c r="C12" t="str">
         <f ca="1">TEXT(OFFSET(Årshjul!$B$3,F12,MATCH(E12,Årshjul!$B$3:$M$3,0)-1),"")</f>
         <v/>
       </c>
       <c r="D12" t="str">
         <f ca="1">IF(Tabell136[[#This Row],[Månad]]&lt;&gt;"",IFERROR(1/COUNTIF(Tabell136[Månad],Tabell136[[#This Row],[Månad]]),""),"")</f>
         <v/>
       </c>
       <c r="E12" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F12" s="1">
         <v>2</v>
       </c>
     </row>
-    <row r="13" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="13" spans="2:6">
       <c r="B13" t="str">
         <f ca="1">IF(OR(Tabell136[[#This Row],[Aktivitet]]&lt;&gt;"",E13&lt;&gt;E14),E13,"")</f>
         <v>November</v>
       </c>
       <c r="C13" t="str">
         <f ca="1">TEXT(OFFSET(Årshjul!$B$3,F13,MATCH(E13,Årshjul!$B$3:$M$3,0)-1),"")</f>
         <v>Planera uppstart lönerevision</v>
       </c>
       <c r="D13">
         <f ca="1">IF(Tabell136[[#This Row],[Månad]]&lt;&gt;"",IFERROR(1/COUNTIF(Tabell136[Månad],Tabell136[[#This Row],[Månad]]),""),"")</f>
         <v>1</v>
       </c>
       <c r="E13" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F13" s="1">
         <v>1</v>
       </c>
     </row>
-    <row r="14" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="14" spans="2:6">
       <c r="B14" t="str">
         <f ca="1">IF(OR(Tabell136[[#This Row],[Aktivitet]]&lt;&gt;"",E14&lt;&gt;E15),E14,"")</f>
         <v/>
       </c>
       <c r="C14" t="str">
         <f ca="1">TEXT(OFFSET(Årshjul!$B$3,F14,MATCH(E14,Årshjul!$B$3:$M$3,0)-1),"")</f>
         <v/>
       </c>
       <c r="D14" t="str">
         <f ca="1">IF(Tabell136[[#This Row],[Månad]]&lt;&gt;"",IFERROR(1/COUNTIF(Tabell136[Månad],Tabell136[[#This Row],[Månad]]),""),"")</f>
         <v/>
       </c>
       <c r="E14" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F14" s="1">
         <v>5</v>
       </c>
     </row>
-    <row r="15" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="15" spans="2:6">
       <c r="B15" t="str">
         <f ca="1">IF(OR(Tabell136[[#This Row],[Aktivitet]]&lt;&gt;"",E15&lt;&gt;E16),E15,"")</f>
         <v/>
       </c>
       <c r="C15" t="str">
         <f ca="1">TEXT(OFFSET(Årshjul!$B$3,F15,MATCH(E15,Årshjul!$B$3:$M$3,0)-1),"")</f>
         <v/>
       </c>
       <c r="D15" t="str">
         <f ca="1">IF(Tabell136[[#This Row],[Månad]]&lt;&gt;"",IFERROR(1/COUNTIF(Tabell136[Månad],Tabell136[[#This Row],[Månad]]),""),"")</f>
         <v/>
       </c>
       <c r="E15" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F15" s="1">
         <v>4</v>
       </c>
     </row>
-    <row r="16" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="16" spans="2:6">
       <c r="B16" t="str">
         <f ca="1">IF(OR(Tabell136[[#This Row],[Aktivitet]]&lt;&gt;"",E16&lt;&gt;E17),E16,"")</f>
         <v/>
       </c>
       <c r="C16" t="str">
         <f ca="1">TEXT(OFFSET(Årshjul!$B$3,F16,MATCH(E16,Årshjul!$B$3:$M$3,0)-1),"")</f>
         <v/>
       </c>
       <c r="D16" t="str">
         <f ca="1">IF(Tabell136[[#This Row],[Månad]]&lt;&gt;"",IFERROR(1/COUNTIF(Tabell136[Månad],Tabell136[[#This Row],[Månad]]),""),"")</f>
         <v/>
       </c>
       <c r="E16" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F16" s="1">
         <v>3</v>
       </c>
     </row>
-    <row r="17" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="17" spans="2:6">
       <c r="B17" t="str">
         <f ca="1">IF(OR(Tabell136[[#This Row],[Aktivitet]]&lt;&gt;"",E17&lt;&gt;E18),E17,"")</f>
         <v>Oktober</v>
       </c>
       <c r="C17" t="str">
         <f ca="1">TEXT(OFFSET(Årshjul!$B$3,F17,MATCH(E17,Årshjul!$B$3:$M$3,0)-1),"")</f>
         <v>Nyhetsbrev</v>
       </c>
       <c r="D17">
         <f ca="1">IF(Tabell136[[#This Row],[Månad]]&lt;&gt;"",IFERROR(1/COUNTIF(Tabell136[Månad],Tabell136[[#This Row],[Månad]]),""),"")</f>
         <v>0.5</v>
       </c>
       <c r="E17" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F17" s="1">
         <v>2</v>
       </c>
     </row>
-    <row r="18" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="18" spans="2:6">
       <c r="B18" t="str">
         <f ca="1">IF(OR(Tabell136[[#This Row],[Aktivitet]]&lt;&gt;"",E18&lt;&gt;E19),E18,"")</f>
         <v>Oktober</v>
       </c>
       <c r="C18" t="str">
         <f ca="1">TEXT(OFFSET(Årshjul!$B$3,F18,MATCH(E18,Årshjul!$B$3:$M$3,0)-1),"")</f>
         <v>Medlemsmöte</v>
       </c>
       <c r="D18">
         <f ca="1">IF(Tabell136[[#This Row],[Månad]]&lt;&gt;"",IFERROR(1/COUNTIF(Tabell136[Månad],Tabell136[[#This Row],[Månad]]),""),"")</f>
         <v>0.5</v>
       </c>
       <c r="E18" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F18" s="1">
         <v>1</v>
       </c>
     </row>
-    <row r="19" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="19" spans="2:6">
       <c r="B19" t="str">
         <f ca="1">IF(OR(Tabell136[[#This Row],[Aktivitet]]&lt;&gt;"",E19&lt;&gt;E20),E19,"")</f>
         <v/>
       </c>
       <c r="C19" t="str">
         <f ca="1">TEXT(OFFSET(Årshjul!$B$3,F19,MATCH(E19,Årshjul!$B$3:$M$3,0)-1),"")</f>
         <v/>
       </c>
       <c r="D19" t="str">
         <f ca="1">IF(Tabell136[[#This Row],[Månad]]&lt;&gt;"",IFERROR(1/COUNTIF(Tabell136[Månad],Tabell136[[#This Row],[Månad]]),""),"")</f>
         <v/>
       </c>
       <c r="E19" s="1" t="s">
         <v>9</v>
       </c>
       <c r="F19" s="1">
         <v>5</v>
       </c>
     </row>
-    <row r="20" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="20" spans="2:6">
       <c r="B20" t="str">
         <f ca="1">IF(OR(Tabell136[[#This Row],[Aktivitet]]&lt;&gt;"",E20&lt;&gt;E21),E20,"")</f>
         <v/>
       </c>
       <c r="C20" t="str">
         <f ca="1">TEXT(OFFSET(Årshjul!$B$3,F20,MATCH(E20,Årshjul!$B$3:$M$3,0)-1),"")</f>
         <v/>
       </c>
       <c r="D20" t="str">
         <f ca="1">IF(Tabell136[[#This Row],[Månad]]&lt;&gt;"",IFERROR(1/COUNTIF(Tabell136[Månad],Tabell136[[#This Row],[Månad]]),""),"")</f>
         <v/>
       </c>
       <c r="E20" s="1" t="s">
         <v>9</v>
       </c>
       <c r="F20" s="1">
         <v>4</v>
       </c>
     </row>
-    <row r="21" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="21" spans="2:6">
       <c r="B21" t="str">
         <f ca="1">IF(OR(Tabell136[[#This Row],[Aktivitet]]&lt;&gt;"",E21&lt;&gt;E22),E21,"")</f>
         <v/>
       </c>
       <c r="C21" t="str">
         <f ca="1">TEXT(OFFSET(Årshjul!$B$3,F21,MATCH(E21,Årshjul!$B$3:$M$3,0)-1),"")</f>
         <v/>
       </c>
       <c r="D21" t="str">
         <f ca="1">IF(Tabell136[[#This Row],[Månad]]&lt;&gt;"",IFERROR(1/COUNTIF(Tabell136[Månad],Tabell136[[#This Row],[Månad]]),""),"")</f>
         <v/>
       </c>
       <c r="E21" s="1" t="s">
         <v>9</v>
       </c>
       <c r="F21" s="1">
         <v>3</v>
       </c>
     </row>
-    <row r="22" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="22" spans="2:6">
       <c r="B22" t="str">
         <f ca="1">IF(OR(Tabell136[[#This Row],[Aktivitet]]&lt;&gt;"",E22&lt;&gt;E23),E22,"")</f>
-        <v/>
+        <v>September</v>
       </c>
       <c r="C22" t="str">
         <f ca="1">TEXT(OFFSET(Årshjul!$B$3,F22,MATCH(E22,Årshjul!$B$3:$M$3,0)-1),"")</f>
-        <v/>
-[...3 lines deleted...]
-        <v/>
+        <v>Akademikerveckan</v>
+      </c>
+      <c r="D22">
+        <f ca="1">IF(Tabell136[[#This Row],[Månad]]&lt;&gt;"",IFERROR(1/COUNTIF(Tabell136[Månad],Tabell136[[#This Row],[Månad]]),""),"")</f>
+        <v>0.5</v>
       </c>
       <c r="E22" s="1" t="s">
         <v>9</v>
       </c>
       <c r="F22" s="1">
         <v>2</v>
       </c>
     </row>
-    <row r="23" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="23" spans="2:6">
       <c r="B23" t="str">
         <f ca="1">IF(OR(Tabell136[[#This Row],[Aktivitet]]&lt;&gt;"",E23&lt;&gt;E24),E23,"")</f>
         <v>September</v>
       </c>
       <c r="C23" t="str">
         <f ca="1">TEXT(OFFSET(Årshjul!$B$3,F23,MATCH(E23,Årshjul!$B$3:$M$3,0)-1),"")</f>
-        <v>Terminsuppstart</v>
+        <v>Enkät löneprocess</v>
       </c>
       <c r="D23">
         <f ca="1">IF(Tabell136[[#This Row],[Månad]]&lt;&gt;"",IFERROR(1/COUNTIF(Tabell136[Månad],Tabell136[[#This Row],[Månad]]),""),"")</f>
-        <v>1</v>
+        <v>0.5</v>
       </c>
       <c r="E23" s="1" t="s">
         <v>9</v>
       </c>
       <c r="F23" s="1">
         <v>1</v>
       </c>
     </row>
-    <row r="24" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="24" spans="2:6">
       <c r="B24" t="str">
         <f ca="1">IF(OR(Tabell136[[#This Row],[Aktivitet]]&lt;&gt;"",E24&lt;&gt;E25),E24,"")</f>
         <v/>
       </c>
       <c r="C24" t="str">
         <f ca="1">TEXT(OFFSET(Årshjul!$B$3,F24,MATCH(E24,Årshjul!$B$3:$M$3,0)-1),"")</f>
         <v/>
       </c>
       <c r="D24" t="str">
         <f ca="1">IF(Tabell136[[#This Row],[Månad]]&lt;&gt;"",IFERROR(1/COUNTIF(Tabell136[Månad],Tabell136[[#This Row],[Månad]]),""),"")</f>
         <v/>
       </c>
       <c r="E24" s="1" t="s">
         <v>8</v>
       </c>
       <c r="F24" s="1">
         <v>5</v>
       </c>
     </row>
-    <row r="25" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="25" spans="2:6">
       <c r="B25" t="str">
         <f ca="1">IF(OR(Tabell136[[#This Row],[Aktivitet]]&lt;&gt;"",E25&lt;&gt;E26),E25,"")</f>
         <v/>
       </c>
       <c r="C25" t="str">
         <f ca="1">TEXT(OFFSET(Årshjul!$B$3,F25,MATCH(E25,Årshjul!$B$3:$M$3,0)-1),"")</f>
         <v/>
       </c>
       <c r="D25" t="str">
         <f ca="1">IF(Tabell136[[#This Row],[Månad]]&lt;&gt;"",IFERROR(1/COUNTIF(Tabell136[Månad],Tabell136[[#This Row],[Månad]]),""),"")</f>
         <v/>
       </c>
       <c r="E25" s="1" t="s">
         <v>8</v>
       </c>
       <c r="F25" s="1">
         <v>4</v>
       </c>
     </row>
-    <row r="26" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="26" spans="2:6">
       <c r="B26" t="str">
         <f ca="1">IF(OR(Tabell136[[#This Row],[Aktivitet]]&lt;&gt;"",E26&lt;&gt;E27),E26,"")</f>
         <v/>
       </c>
       <c r="C26" t="str">
         <f ca="1">TEXT(OFFSET(Årshjul!$B$3,F26,MATCH(E26,Årshjul!$B$3:$M$3,0)-1),"")</f>
         <v/>
       </c>
       <c r="D26" t="str">
         <f ca="1">IF(Tabell136[[#This Row],[Månad]]&lt;&gt;"",IFERROR(1/COUNTIF(Tabell136[Månad],Tabell136[[#This Row],[Månad]]),""),"")</f>
         <v/>
       </c>
       <c r="E26" s="1" t="s">
         <v>8</v>
       </c>
       <c r="F26" s="1">
         <v>3</v>
       </c>
     </row>
-    <row r="27" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="27" spans="2:6">
       <c r="B27" t="str">
         <f ca="1">IF(OR(Tabell136[[#This Row],[Aktivitet]]&lt;&gt;"",E27&lt;&gt;E28),E27,"")</f>
         <v/>
       </c>
       <c r="C27" t="str">
         <f ca="1">TEXT(OFFSET(Årshjul!$B$3,F27,MATCH(E27,Årshjul!$B$3:$M$3,0)-1),"")</f>
         <v/>
       </c>
       <c r="D27" t="str">
         <f ca="1">IF(Tabell136[[#This Row],[Månad]]&lt;&gt;"",IFERROR(1/COUNTIF(Tabell136[Månad],Tabell136[[#This Row],[Månad]]),""),"")</f>
         <v/>
       </c>
       <c r="E27" s="1" t="s">
         <v>8</v>
       </c>
       <c r="F27" s="1">
         <v>2</v>
       </c>
     </row>
-    <row r="28" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="28" spans="2:6">
       <c r="B28" t="str">
         <f ca="1">IF(OR(Tabell136[[#This Row],[Aktivitet]]&lt;&gt;"",E28&lt;&gt;E29),E28,"")</f>
         <v>Augusti</v>
       </c>
       <c r="C28" t="str">
         <f ca="1">TEXT(OFFSET(Årshjul!$B$3,F28,MATCH(E28,Årshjul!$B$3:$M$3,0)-1),"")</f>
         <v>Semester</v>
       </c>
       <c r="D28">
         <f ca="1">IF(Tabell136[[#This Row],[Månad]]&lt;&gt;"",IFERROR(1/COUNTIF(Tabell136[Månad],Tabell136[[#This Row],[Månad]]),""),"")</f>
         <v>1</v>
       </c>
       <c r="E28" s="1" t="s">
         <v>8</v>
       </c>
       <c r="F28" s="1">
         <v>1</v>
       </c>
     </row>
-    <row r="29" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="29" spans="2:6">
       <c r="B29" t="str">
         <f ca="1">IF(OR(Tabell136[[#This Row],[Aktivitet]]&lt;&gt;"",E29&lt;&gt;E30),E29,"")</f>
         <v/>
       </c>
       <c r="C29" t="str">
         <f ca="1">TEXT(OFFSET(Årshjul!$B$3,F29,MATCH(E29,Årshjul!$B$3:$M$3,0)-1),"")</f>
         <v/>
       </c>
       <c r="D29" t="str">
         <f ca="1">IF(Tabell136[[#This Row],[Månad]]&lt;&gt;"",IFERROR(1/COUNTIF(Tabell136[Månad],Tabell136[[#This Row],[Månad]]),""),"")</f>
         <v/>
       </c>
       <c r="E29" s="1" t="s">
         <v>7</v>
       </c>
       <c r="F29" s="1">
         <v>5</v>
       </c>
     </row>
-    <row r="30" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="30" spans="2:6">
       <c r="B30" t="str">
         <f ca="1">IF(OR(Tabell136[[#This Row],[Aktivitet]]&lt;&gt;"",E30&lt;&gt;E31),E30,"")</f>
         <v/>
       </c>
       <c r="C30" t="str">
         <f ca="1">TEXT(OFFSET(Årshjul!$B$3,F30,MATCH(E30,Årshjul!$B$3:$M$3,0)-1),"")</f>
         <v/>
       </c>
       <c r="D30" t="str">
         <f ca="1">IF(Tabell136[[#This Row],[Månad]]&lt;&gt;"",IFERROR(1/COUNTIF(Tabell136[Månad],Tabell136[[#This Row],[Månad]]),""),"")</f>
         <v/>
       </c>
       <c r="E30" s="1" t="s">
         <v>7</v>
       </c>
       <c r="F30" s="1">
         <v>4</v>
       </c>
     </row>
-    <row r="31" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="31" spans="2:6">
       <c r="B31" t="str">
         <f ca="1">IF(OR(Tabell136[[#This Row],[Aktivitet]]&lt;&gt;"",E31&lt;&gt;E32),E31,"")</f>
         <v/>
       </c>
       <c r="C31" t="str">
         <f ca="1">TEXT(OFFSET(Årshjul!$B$3,F31,MATCH(E31,Årshjul!$B$3:$M$3,0)-1),"")</f>
         <v/>
       </c>
       <c r="D31" t="str">
         <f ca="1">IF(Tabell136[[#This Row],[Månad]]&lt;&gt;"",IFERROR(1/COUNTIF(Tabell136[Månad],Tabell136[[#This Row],[Månad]]),""),"")</f>
         <v/>
       </c>
       <c r="E31" s="1" t="s">
         <v>7</v>
       </c>
       <c r="F31" s="1">
         <v>3</v>
       </c>
     </row>
-    <row r="32" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="32" spans="2:6">
       <c r="B32" t="str">
         <f ca="1">IF(OR(Tabell136[[#This Row],[Aktivitet]]&lt;&gt;"",E32&lt;&gt;E33),E32,"")</f>
         <v/>
       </c>
       <c r="C32" t="str">
         <f ca="1">TEXT(OFFSET(Årshjul!$B$3,F32,MATCH(E32,Årshjul!$B$3:$M$3,0)-1),"")</f>
         <v/>
       </c>
       <c r="D32" t="str">
         <f ca="1">IF(Tabell136[[#This Row],[Månad]]&lt;&gt;"",IFERROR(1/COUNTIF(Tabell136[Månad],Tabell136[[#This Row],[Månad]]),""),"")</f>
         <v/>
       </c>
       <c r="E32" s="1" t="s">
         <v>7</v>
       </c>
       <c r="F32" s="1">
         <v>2</v>
       </c>
     </row>
-    <row r="33" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="33" spans="2:6">
       <c r="B33" t="str">
         <f ca="1">IF(OR(Tabell136[[#This Row],[Aktivitet]]&lt;&gt;"",E33&lt;&gt;E34),E33,"")</f>
         <v>Juli</v>
       </c>
       <c r="C33" t="str">
         <f ca="1">TEXT(OFFSET(Årshjul!$B$3,F33,MATCH(E33,Årshjul!$B$3:$M$3,0)-1),"")</f>
         <v>Semester</v>
       </c>
       <c r="D33">
         <f ca="1">IF(Tabell136[[#This Row],[Månad]]&lt;&gt;"",IFERROR(1/COUNTIF(Tabell136[Månad],Tabell136[[#This Row],[Månad]]),""),"")</f>
         <v>1</v>
       </c>
       <c r="E33" s="1" t="s">
         <v>7</v>
       </c>
       <c r="F33" s="1">
         <v>1</v>
       </c>
     </row>
-    <row r="34" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="34" spans="2:6">
       <c r="B34" t="str">
         <f ca="1">IF(OR(Tabell136[[#This Row],[Aktivitet]]&lt;&gt;"",E34&lt;&gt;E35),E34,"")</f>
         <v/>
       </c>
       <c r="C34" t="str">
         <f ca="1">TEXT(OFFSET(Årshjul!$B$3,F34,MATCH(E34,Årshjul!$B$3:$M$3,0)-1),"")</f>
         <v/>
       </c>
       <c r="D34" t="str">
         <f ca="1">IF(Tabell136[[#This Row],[Månad]]&lt;&gt;"",IFERROR(1/COUNTIF(Tabell136[Månad],Tabell136[[#This Row],[Månad]]),""),"")</f>
         <v/>
       </c>
       <c r="E34" s="1" t="s">
         <v>6</v>
       </c>
       <c r="F34" s="1">
         <v>5</v>
       </c>
     </row>
-    <row r="35" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="35" spans="2:6">
       <c r="B35" t="str">
         <f ca="1">IF(OR(Tabell136[[#This Row],[Aktivitet]]&lt;&gt;"",E35&lt;&gt;E36),E35,"")</f>
         <v/>
       </c>
       <c r="C35" t="str">
         <f ca="1">TEXT(OFFSET(Årshjul!$B$3,F35,MATCH(E35,Årshjul!$B$3:$M$3,0)-1),"")</f>
         <v/>
       </c>
       <c r="D35" t="str">
         <f ca="1">IF(Tabell136[[#This Row],[Månad]]&lt;&gt;"",IFERROR(1/COUNTIF(Tabell136[Månad],Tabell136[[#This Row],[Månad]]),""),"")</f>
         <v/>
       </c>
       <c r="E35" s="1" t="s">
         <v>6</v>
       </c>
       <c r="F35" s="1">
         <v>4</v>
       </c>
     </row>
-    <row r="36" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="36" spans="2:6">
       <c r="B36" t="str">
         <f ca="1">IF(OR(Tabell136[[#This Row],[Aktivitet]]&lt;&gt;"",E36&lt;&gt;E37),E36,"")</f>
         <v/>
       </c>
       <c r="C36" t="str">
         <f ca="1">TEXT(OFFSET(Årshjul!$B$3,F36,MATCH(E36,Årshjul!$B$3:$M$3,0)-1),"")</f>
         <v/>
       </c>
       <c r="D36" t="str">
         <f ca="1">IF(Tabell136[[#This Row],[Månad]]&lt;&gt;"",IFERROR(1/COUNTIF(Tabell136[Månad],Tabell136[[#This Row],[Månad]]),""),"")</f>
         <v/>
       </c>
       <c r="E36" s="1" t="s">
         <v>6</v>
       </c>
       <c r="F36" s="1">
         <v>3</v>
       </c>
     </row>
-    <row r="37" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="37" spans="2:6">
       <c r="B37" t="str">
         <f ca="1">IF(OR(Tabell136[[#This Row],[Aktivitet]]&lt;&gt;"",E37&lt;&gt;E38),E37,"")</f>
         <v>Juni</v>
       </c>
       <c r="C37" t="str">
         <f ca="1">TEXT(OFFSET(Årshjul!$B$3,F37,MATCH(E37,Årshjul!$B$3:$M$3,0)-1),"")</f>
         <v>Nyhetsbrev</v>
       </c>
       <c r="D37">
         <f ca="1">IF(Tabell136[[#This Row],[Månad]]&lt;&gt;"",IFERROR(1/COUNTIF(Tabell136[Månad],Tabell136[[#This Row],[Månad]]),""),"")</f>
         <v>0.5</v>
       </c>
       <c r="E37" s="1" t="s">
         <v>6</v>
       </c>
       <c r="F37" s="1">
         <v>2</v>
       </c>
     </row>
-    <row r="38" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="38" spans="2:6">
       <c r="B38" t="str">
         <f ca="1">IF(OR(Tabell136[[#This Row],[Aktivitet]]&lt;&gt;"",E38&lt;&gt;E39),E38,"")</f>
         <v>Juni</v>
       </c>
       <c r="C38" t="str">
         <f ca="1">TEXT(OFFSET(Årshjul!$B$3,F38,MATCH(E38,Årshjul!$B$3:$M$3,0)-1),"")</f>
         <v>Sommaravslutning</v>
       </c>
       <c r="D38">
         <f ca="1">IF(Tabell136[[#This Row],[Månad]]&lt;&gt;"",IFERROR(1/COUNTIF(Tabell136[Månad],Tabell136[[#This Row],[Månad]]),""),"")</f>
         <v>0.5</v>
       </c>
       <c r="E38" s="1" t="s">
         <v>6</v>
       </c>
       <c r="F38" s="1">
         <v>1</v>
       </c>
     </row>
-    <row r="39" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="39" spans="2:6">
       <c r="B39" t="str">
         <f ca="1">IF(OR(Tabell136[[#This Row],[Aktivitet]]&lt;&gt;"",E39&lt;&gt;E40),E39,"")</f>
         <v/>
       </c>
       <c r="C39" t="str">
         <f ca="1">TEXT(OFFSET(Årshjul!$B$3,F39,MATCH(E39,Årshjul!$B$3:$M$3,0)-1),"")</f>
         <v/>
       </c>
       <c r="D39" t="str">
         <f ca="1">IF(Tabell136[[#This Row],[Månad]]&lt;&gt;"",IFERROR(1/COUNTIF(Tabell136[Månad],Tabell136[[#This Row],[Månad]]),""),"")</f>
         <v/>
       </c>
       <c r="E39" s="1" t="s">
         <v>5</v>
       </c>
       <c r="F39" s="1">
         <v>5</v>
       </c>
     </row>
-    <row r="40" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="40" spans="2:6">
       <c r="B40" t="str">
         <f ca="1">IF(OR(Tabell136[[#This Row],[Aktivitet]]&lt;&gt;"",E40&lt;&gt;E41),E40,"")</f>
         <v/>
       </c>
       <c r="C40" t="str">
         <f ca="1">TEXT(OFFSET(Årshjul!$B$3,F40,MATCH(E40,Årshjul!$B$3:$M$3,0)-1),"")</f>
         <v/>
       </c>
       <c r="D40" t="str">
         <f ca="1">IF(Tabell136[[#This Row],[Månad]]&lt;&gt;"",IFERROR(1/COUNTIF(Tabell136[Månad],Tabell136[[#This Row],[Månad]]),""),"")</f>
         <v/>
       </c>
       <c r="E40" s="1" t="s">
         <v>5</v>
       </c>
       <c r="F40" s="1">
         <v>4</v>
       </c>
     </row>
-    <row r="41" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="41" spans="2:6">
       <c r="B41" t="str">
         <f ca="1">IF(OR(Tabell136[[#This Row],[Aktivitet]]&lt;&gt;"",E41&lt;&gt;E42),E41,"")</f>
         <v/>
       </c>
       <c r="C41" t="str">
         <f ca="1">TEXT(OFFSET(Årshjul!$B$3,F41,MATCH(E41,Årshjul!$B$3:$M$3,0)-1),"")</f>
         <v/>
       </c>
       <c r="D41" t="str">
         <f ca="1">IF(Tabell136[[#This Row],[Månad]]&lt;&gt;"",IFERROR(1/COUNTIF(Tabell136[Månad],Tabell136[[#This Row],[Månad]]),""),"")</f>
         <v/>
       </c>
       <c r="E41" s="1" t="s">
         <v>5</v>
       </c>
       <c r="F41" s="1">
         <v>3</v>
       </c>
     </row>
-    <row r="42" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="42" spans="2:6">
       <c r="B42" t="str">
         <f ca="1">IF(OR(Tabell136[[#This Row],[Aktivitet]]&lt;&gt;"",E42&lt;&gt;E43),E42,"")</f>
         <v/>
       </c>
       <c r="C42" t="str">
         <f ca="1">TEXT(OFFSET(Årshjul!$B$3,F42,MATCH(E42,Årshjul!$B$3:$M$3,0)-1),"")</f>
         <v/>
       </c>
       <c r="D42" t="str">
         <f ca="1">IF(Tabell136[[#This Row],[Månad]]&lt;&gt;"",IFERROR(1/COUNTIF(Tabell136[Månad],Tabell136[[#This Row],[Månad]]),""),"")</f>
         <v/>
       </c>
       <c r="E42" s="1" t="s">
         <v>5</v>
       </c>
       <c r="F42" s="1">
         <v>2</v>
       </c>
     </row>
-    <row r="43" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="43" spans="2:6">
       <c r="B43" t="str">
         <f ca="1">IF(OR(Tabell136[[#This Row],[Aktivitet]]&lt;&gt;"",E43&lt;&gt;E44),E43,"")</f>
         <v>Maj</v>
       </c>
       <c r="C43" t="str">
         <f ca="1">TEXT(OFFSET(Årshjul!$B$3,F43,MATCH(E43,Årshjul!$B$3:$M$3,0)-1),"")</f>
         <v>Årsmöte</v>
       </c>
       <c r="D43">
         <f ca="1">IF(Tabell136[[#This Row],[Månad]]&lt;&gt;"",IFERROR(1/COUNTIF(Tabell136[Månad],Tabell136[[#This Row],[Månad]]),""),"")</f>
         <v>1</v>
       </c>
       <c r="E43" s="1" t="s">
         <v>5</v>
       </c>
       <c r="F43" s="1">
         <v>1</v>
       </c>
     </row>
-    <row r="44" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="44" spans="2:6">
       <c r="B44" t="str">
         <f ca="1">IF(OR(Tabell136[[#This Row],[Aktivitet]]&lt;&gt;"",E44&lt;&gt;E45),E44,"")</f>
         <v/>
       </c>
       <c r="C44" t="str">
         <f ca="1">TEXT(OFFSET(Årshjul!$B$3,F44,MATCH(E44,Årshjul!$B$3:$M$3,0)-1),"")</f>
         <v/>
       </c>
       <c r="D44" t="str">
         <f ca="1">IF(Tabell136[[#This Row],[Månad]]&lt;&gt;"",IFERROR(1/COUNTIF(Tabell136[Månad],Tabell136[[#This Row],[Månad]]),""),"")</f>
         <v/>
       </c>
       <c r="E44" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F44" s="1">
         <v>5</v>
       </c>
     </row>
-    <row r="45" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="45" spans="2:6">
       <c r="B45" t="str">
         <f ca="1">IF(OR(Tabell136[[#This Row],[Aktivitet]]&lt;&gt;"",E45&lt;&gt;E46),E45,"")</f>
         <v/>
       </c>
       <c r="C45" t="str">
         <f ca="1">TEXT(OFFSET(Årshjul!$B$3,F45,MATCH(E45,Årshjul!$B$3:$M$3,0)-1),"")</f>
         <v/>
       </c>
       <c r="D45" t="str">
         <f ca="1">IF(Tabell136[[#This Row],[Månad]]&lt;&gt;"",IFERROR(1/COUNTIF(Tabell136[Månad],Tabell136[[#This Row],[Månad]]),""),"")</f>
         <v/>
       </c>
       <c r="E45" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F45" s="1">
         <v>4</v>
       </c>
     </row>
-    <row r="46" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="46" spans="2:6">
       <c r="B46" t="str">
         <f ca="1">IF(OR(Tabell136[[#This Row],[Aktivitet]]&lt;&gt;"",E46&lt;&gt;E47),E46,"")</f>
         <v/>
       </c>
       <c r="C46" t="str">
         <f ca="1">TEXT(OFFSET(Årshjul!$B$3,F46,MATCH(E46,Årshjul!$B$3:$M$3,0)-1),"")</f>
         <v/>
       </c>
       <c r="D46" t="str">
         <f ca="1">IF(Tabell136[[#This Row],[Månad]]&lt;&gt;"",IFERROR(1/COUNTIF(Tabell136[Månad],Tabell136[[#This Row],[Månad]]),""),"")</f>
         <v/>
       </c>
       <c r="E46" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F46" s="1">
         <v>3</v>
       </c>
     </row>
-    <row r="47" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="47" spans="2:6">
       <c r="B47" t="str">
         <f ca="1">IF(OR(Tabell136[[#This Row],[Aktivitet]]&lt;&gt;"",E47&lt;&gt;E48),E47,"")</f>
         <v>April</v>
       </c>
       <c r="C47" t="str">
         <f ca="1">TEXT(OFFSET(Årshjul!$B$3,F47,MATCH(E47,Årshjul!$B$3:$M$3,0)-1),"")</f>
         <v>Efter.arb lön</v>
       </c>
       <c r="D47">
         <f ca="1">IF(Tabell136[[#This Row],[Månad]]&lt;&gt;"",IFERROR(1/COUNTIF(Tabell136[Månad],Tabell136[[#This Row],[Månad]]),""),"")</f>
         <v>0.5</v>
       </c>
       <c r="E47" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F47" s="1">
         <v>2</v>
       </c>
     </row>
-    <row r="48" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="48" spans="2:6">
       <c r="B48" t="str">
         <f ca="1">IF(OR(Tabell136[[#This Row],[Aktivitet]]&lt;&gt;"",E48&lt;&gt;E49),E48,"")</f>
         <v>April</v>
       </c>
       <c r="C48" t="str">
         <f ca="1">TEXT(OFFSET(Årshjul!$B$3,F48,MATCH(E48,Årshjul!$B$3:$M$3,0)-1),"")</f>
         <v>Medlemsmöte</v>
       </c>
       <c r="D48">
         <f ca="1">IF(Tabell136[[#This Row],[Månad]]&lt;&gt;"",IFERROR(1/COUNTIF(Tabell136[Månad],Tabell136[[#This Row],[Månad]]),""),"")</f>
         <v>0.5</v>
       </c>
       <c r="E48" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F48" s="1">
         <v>1</v>
       </c>
     </row>
-    <row r="49" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="49" spans="2:6">
       <c r="B49" t="str">
         <f ca="1">IF(OR(Tabell136[[#This Row],[Aktivitet]]&lt;&gt;"",E49&lt;&gt;E50),E49,"")</f>
         <v/>
       </c>
       <c r="C49" t="str">
         <f ca="1">TEXT(OFFSET(Årshjul!$B$3,F49,MATCH(E49,Årshjul!$B$3:$M$3,0)-1),"")</f>
         <v/>
       </c>
       <c r="D49" t="str">
         <f ca="1">IF(Tabell136[[#This Row],[Månad]]&lt;&gt;"",IFERROR(1/COUNTIF(Tabell136[Månad],Tabell136[[#This Row],[Månad]]),""),"")</f>
         <v/>
       </c>
       <c r="E49" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F49" s="1">
         <v>5</v>
       </c>
     </row>
-    <row r="50" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="50" spans="2:6">
       <c r="B50" t="str">
         <f ca="1">IF(OR(Tabell136[[#This Row],[Aktivitet]]&lt;&gt;"",E50&lt;&gt;E51),E50,"")</f>
         <v/>
       </c>
       <c r="C50" t="str">
         <f ca="1">TEXT(OFFSET(Årshjul!$B$3,F50,MATCH(E50,Årshjul!$B$3:$M$3,0)-1),"")</f>
         <v/>
       </c>
       <c r="D50" t="str">
         <f ca="1">IF(Tabell136[[#This Row],[Månad]]&lt;&gt;"",IFERROR(1/COUNTIF(Tabell136[Månad],Tabell136[[#This Row],[Månad]]),""),"")</f>
         <v/>
       </c>
       <c r="E50" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F50" s="1">
         <v>4</v>
       </c>
     </row>
-    <row r="51" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="51" spans="2:6">
       <c r="B51" t="str">
         <f ca="1">IF(OR(Tabell136[[#This Row],[Aktivitet]]&lt;&gt;"",E51&lt;&gt;E52),E51,"")</f>
         <v/>
       </c>
       <c r="C51" t="str">
         <f ca="1">TEXT(OFFSET(Årshjul!$B$3,F51,MATCH(E51,Årshjul!$B$3:$M$3,0)-1),"")</f>
         <v/>
       </c>
       <c r="D51" t="str">
         <f ca="1">IF(Tabell136[[#This Row],[Månad]]&lt;&gt;"",IFERROR(1/COUNTIF(Tabell136[Månad],Tabell136[[#This Row],[Månad]]),""),"")</f>
         <v/>
       </c>
       <c r="E51" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F51" s="1">
         <v>3</v>
       </c>
     </row>
-    <row r="52" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="52" spans="2:6">
       <c r="B52" t="str">
         <f ca="1">IF(OR(Tabell136[[#This Row],[Aktivitet]]&lt;&gt;"",E52&lt;&gt;E53),E52,"")</f>
         <v>Mars</v>
       </c>
       <c r="C52" t="str">
         <f ca="1">TEXT(OFFSET(Årshjul!$B$3,F52,MATCH(E52,Årshjul!$B$3:$M$3,0)-1),"")</f>
         <v>Nyhetsbrev</v>
       </c>
       <c r="D52">
         <f ca="1">IF(Tabell136[[#This Row],[Månad]]&lt;&gt;"",IFERROR(1/COUNTIF(Tabell136[Månad],Tabell136[[#This Row],[Månad]]),""),"")</f>
         <v>0.5</v>
       </c>
       <c r="E52" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F52" s="1">
         <v>2</v>
       </c>
     </row>
-    <row r="53" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="53" spans="2:6">
       <c r="B53" t="str">
         <f ca="1">IF(OR(Tabell136[[#This Row],[Aktivitet]]&lt;&gt;"",E53&lt;&gt;E54),E53,"")</f>
         <v>Mars</v>
       </c>
       <c r="C53" t="str">
         <f ca="1">TEXT(OFFSET(Årshjul!$B$3,F53,MATCH(E53,Årshjul!$B$3:$M$3,0)-1),"")</f>
         <v>Lönerevision</v>
       </c>
       <c r="D53">
         <f ca="1">IF(Tabell136[[#This Row],[Månad]]&lt;&gt;"",IFERROR(1/COUNTIF(Tabell136[Månad],Tabell136[[#This Row],[Månad]]),""),"")</f>
         <v>0.5</v>
       </c>
       <c r="E53" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F53" s="1">
         <v>1</v>
       </c>
     </row>
-    <row r="54" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="54" spans="2:6">
       <c r="B54" t="str">
         <f ca="1">IF(OR(Tabell136[[#This Row],[Aktivitet]]&lt;&gt;"",E54&lt;&gt;E55),E54,"")</f>
         <v/>
       </c>
       <c r="C54" t="str">
         <f ca="1">TEXT(OFFSET(Årshjul!$B$3,F54,MATCH(E54,Årshjul!$B$3:$M$3,0)-1),"")</f>
         <v/>
       </c>
       <c r="D54" t="str">
         <f ca="1">IF(Tabell136[[#This Row],[Månad]]&lt;&gt;"",IFERROR(1/COUNTIF(Tabell136[Månad],Tabell136[[#This Row],[Månad]]),""),"")</f>
         <v/>
       </c>
       <c r="E54" s="1" t="s">
         <v>2</v>
       </c>
       <c r="F54" s="1">
         <v>5</v>
       </c>
     </row>
-    <row r="55" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="55" spans="2:6">
       <c r="B55" t="str">
         <f ca="1">IF(OR(Tabell136[[#This Row],[Aktivitet]]&lt;&gt;"",E55&lt;&gt;E56),E55,"")</f>
         <v/>
       </c>
       <c r="C55" t="str">
         <f ca="1">TEXT(OFFSET(Årshjul!$B$3,F55,MATCH(E55,Årshjul!$B$3:$M$3,0)-1),"")</f>
         <v/>
       </c>
       <c r="D55" t="str">
         <f ca="1">IF(Tabell136[[#This Row],[Månad]]&lt;&gt;"",IFERROR(1/COUNTIF(Tabell136[Månad],Tabell136[[#This Row],[Månad]]),""),"")</f>
         <v/>
       </c>
       <c r="E55" s="1" t="s">
         <v>2</v>
       </c>
       <c r="F55" s="1">
         <v>4</v>
       </c>
     </row>
-    <row r="56" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="56" spans="2:6">
       <c r="B56" t="str">
         <f ca="1">IF(OR(Tabell136[[#This Row],[Aktivitet]]&lt;&gt;"",E56&lt;&gt;E57),E56,"")</f>
         <v/>
       </c>
       <c r="C56" t="str">
         <f ca="1">TEXT(OFFSET(Årshjul!$B$3,F56,MATCH(E56,Årshjul!$B$3:$M$3,0)-1),"")</f>
         <v/>
       </c>
       <c r="D56" t="str">
         <f ca="1">IF(Tabell136[[#This Row],[Månad]]&lt;&gt;"",IFERROR(1/COUNTIF(Tabell136[Månad],Tabell136[[#This Row],[Månad]]),""),"")</f>
         <v/>
       </c>
       <c r="E56" s="1" t="s">
         <v>2</v>
       </c>
       <c r="F56" s="1">
         <v>3</v>
       </c>
     </row>
-    <row r="57" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="57" spans="2:6">
       <c r="B57" t="str">
         <f ca="1">IF(OR(Tabell136[[#This Row],[Aktivitet]]&lt;&gt;"",E57&lt;&gt;E58),E57,"")</f>
-        <v/>
+        <v>Februari</v>
       </c>
       <c r="C57" t="str">
         <f ca="1">TEXT(OFFSET(Årshjul!$B$3,F57,MATCH(E57,Årshjul!$B$3:$M$3,0)-1),"")</f>
-        <v/>
-[...3 lines deleted...]
-        <v/>
+        <v>Akademikerveckan</v>
+      </c>
+      <c r="D57">
+        <f ca="1">IF(Tabell136[[#This Row],[Månad]]&lt;&gt;"",IFERROR(1/COUNTIF(Tabell136[Månad],Tabell136[[#This Row],[Månad]]),""),"")</f>
+        <v>0.5</v>
       </c>
       <c r="E57" s="1" t="s">
         <v>2</v>
       </c>
       <c r="F57" s="1">
         <v>2</v>
       </c>
     </row>
-    <row r="58" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="58" spans="2:6">
       <c r="B58" t="str">
         <f ca="1">IF(OR(Tabell136[[#This Row],[Aktivitet]]&lt;&gt;"",E58&lt;&gt;E59),E58,"")</f>
         <v>Februari</v>
       </c>
       <c r="C58" t="str">
         <f ca="1">TEXT(OFFSET(Årshjul!$B$3,F58,MATCH(E58,Årshjul!$B$3:$M$3,0)-1),"")</f>
         <v>Förberedelse lönerevision</v>
       </c>
       <c r="D58">
         <f ca="1">IF(Tabell136[[#This Row],[Månad]]&lt;&gt;"",IFERROR(1/COUNTIF(Tabell136[Månad],Tabell136[[#This Row],[Månad]]),""),"")</f>
-        <v>1</v>
+        <v>0.5</v>
       </c>
       <c r="E58" s="1" t="s">
         <v>2</v>
       </c>
       <c r="F58" s="1">
         <v>1</v>
       </c>
     </row>
-    <row r="59" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="59" spans="2:6">
       <c r="B59" t="str">
         <f ca="1">IF(OR(Tabell136[[#This Row],[Aktivitet]]&lt;&gt;"",E59&lt;&gt;E60),E59,"")</f>
         <v/>
       </c>
       <c r="C59" t="str">
         <f ca="1">TEXT(OFFSET(Årshjul!$B$3,F59,MATCH(E59,Årshjul!$B$3:$M$3,0)-1),"")</f>
         <v/>
       </c>
       <c r="D59" t="str">
         <f ca="1">IF(Tabell136[[#This Row],[Månad]]&lt;&gt;"",IFERROR(1/COUNTIF(Tabell136[Månad],Tabell136[[#This Row],[Månad]]),""),"")</f>
         <v/>
       </c>
       <c r="E59" s="1" t="s">
         <v>1</v>
       </c>
       <c r="F59" s="1">
         <v>5</v>
       </c>
     </row>
-    <row r="60" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="60" spans="2:6">
       <c r="B60" t="str">
         <f ca="1">IF(OR(Tabell136[[#This Row],[Aktivitet]]&lt;&gt;"",E60&lt;&gt;E61),E60,"")</f>
         <v/>
       </c>
       <c r="C60" t="str">
         <f ca="1">TEXT(OFFSET(Årshjul!$B$3,F60,MATCH(E60,Årshjul!$B$3:$M$3,0)-1),"")</f>
         <v/>
       </c>
       <c r="D60" t="str">
         <f ca="1">IF(Tabell136[[#This Row],[Månad]]&lt;&gt;"",IFERROR(1/COUNTIF(Tabell136[Månad],Tabell136[[#This Row],[Månad]]),""),"")</f>
         <v/>
       </c>
       <c r="E60" s="1" t="s">
         <v>1</v>
       </c>
       <c r="F60" s="1">
         <v>4</v>
       </c>
     </row>
-    <row r="61" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="61" spans="2:6">
       <c r="B61" t="str">
         <f ca="1">IF(OR(Tabell136[[#This Row],[Aktivitet]]&lt;&gt;"",E61&lt;&gt;E62),E61,"")</f>
         <v/>
       </c>
       <c r="C61" t="str">
         <f ca="1">TEXT(OFFSET(Årshjul!$B$3,F61,MATCH(E61,Årshjul!$B$3:$M$3,0)-1),"")</f>
         <v/>
       </c>
       <c r="D61" t="str">
         <f ca="1">IF(Tabell136[[#This Row],[Månad]]&lt;&gt;"",IFERROR(1/COUNTIF(Tabell136[Månad],Tabell136[[#This Row],[Månad]]),""),"")</f>
         <v/>
       </c>
       <c r="E61" s="1" t="s">
         <v>1</v>
       </c>
       <c r="F61" s="1">
         <v>3</v>
       </c>
     </row>
-    <row r="62" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="62" spans="2:6">
       <c r="B62" t="str">
         <f ca="1">IF(OR(Tabell136[[#This Row],[Aktivitet]]&lt;&gt;"",E62&lt;&gt;E63),E62,"")</f>
         <v>Januari</v>
       </c>
       <c r="C62" t="str">
         <f ca="1">TEXT(OFFSET(Årshjul!$B$3,F62,MATCH(E62,Årshjul!$B$3:$M$3,0)-1),"")</f>
         <v>Uppstart termin</v>
       </c>
       <c r="D62">
         <f ca="1">IF(Tabell136[[#This Row],[Månad]]&lt;&gt;"",IFERROR(1/COUNTIF(Tabell136[Månad],Tabell136[[#This Row],[Månad]]),""),"")</f>
         <v>0.5</v>
       </c>
       <c r="E62" s="1" t="s">
         <v>1</v>
       </c>
       <c r="F62" s="1">
         <v>2</v>
       </c>
     </row>
-    <row r="63" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="63" spans="2:6">
       <c r="B63" t="str">
         <f ca="1">IF(OR(Tabell136[[#This Row],[Aktivitet]]&lt;&gt;"",E63&lt;&gt;Årshjul!V65),E63,"")</f>
         <v>Januari</v>
       </c>
       <c r="C63" t="str">
         <f ca="1">TEXT(OFFSET(Årshjul!$B$3,F63,MATCH(E63,Årshjul!$B$3:$M$3,0)-1),"")</f>
         <v>Boka årsmöte</v>
       </c>
       <c r="D63">
         <f ca="1">IF(Tabell136[[#This Row],[Månad]]&lt;&gt;"",IFERROR(1/COUNTIF(Tabell136[Månad],Tabell136[[#This Row],[Månad]]),""),"")</f>
         <v>0.5</v>
       </c>
       <c r="E63" s="1" t="s">
         <v>1</v>
       </c>
       <c r="F63" s="1">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement/>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...9 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="338166e3-3174-4fc2-9c17-16a589e3932d" xmlns:ns3="dd1234b8-a07f-4315-b19a-b24e42894ecf" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4a3f72d3ac5c82820d8da88c6140b96f" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="dokument" ma:contentTypeID="0x010100F578BD38D2482A45B259B10CD24C2698" ma:contentTypeVersion="14" ma:contentTypeDescription="Skapa ett nytt dokument." ma:contentTypeScope="" ma:versionID="a9077a77170f294bab2dd6b65ee94a5a">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="338166e3-3174-4fc2-9c17-16a589e3932d" xmlns:ns3="dd1234b8-a07f-4315-b19a-b24e42894ecf" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a4991bf911606f8d508a9aca037da3a5" ns2:_="" ns3:_="">
     <xsd:import namespace="338166e3-3174-4fc2-9c17-16a589e3932d"/>
     <xsd:import namespace="dd1234b8-a07f-4315-b19a-b24e42894ecf"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -4098,100 +4087,77 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{45D541A8-0F7F-40FC-AC5D-32A8C9E9E1F1}">
-[...6 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{45D541A8-0F7F-40FC-AC5D-32A8C9E9E1F1}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B737E02D-E960-43F1-BF43-C398F8349489}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0EFB245D-EA1D-41CB-BC8C-6A8DEA221305}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9EF89163-BA00-4CEA-BE56-5CD90052B7C1}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B737E02D-E960-43F1-BF43-C398F8349489}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Macintosh Excel</Application>
-[...17 lines deleted...]
-  </TitlesOfParts>
+  <Application>Microsoft Excel Online</Application>
   <Manager/>
   <Company/>
-  <LinksUpToDate>false</LinksUpToDate>
-  <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
-  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Anna Degerman Rosén - Excelspecialisten</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100F578BD38D2482A45B259B10CD24C2698</vt:lpwstr>
   </property>