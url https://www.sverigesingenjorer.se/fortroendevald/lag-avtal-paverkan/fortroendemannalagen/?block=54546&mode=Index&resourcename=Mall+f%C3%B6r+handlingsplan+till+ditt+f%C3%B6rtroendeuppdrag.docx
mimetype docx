--- v0 (2025-10-18)
+++ v1 (2026-03-14)
@@ -6691,74 +6691,77 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="dokument" ma:contentTypeID="0x010100F578BD38D2482A45B259B10CD24C2698" ma:contentTypeVersion="14" ma:contentTypeDescription="Skapa ett nytt dokument." ma:contentTypeScope="" ma:versionID="e3805a66f8283d5ab16a2aea62bd0866">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="338166e3-3174-4fc2-9c17-16a589e3932d" xmlns:ns3="dd1234b8-a07f-4315-b19a-b24e42894ecf" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4a3f72d3ac5c82820d8da88c6140b96f" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="dokument" ma:contentTypeID="0x010100F578BD38D2482A45B259B10CD24C2698" ma:contentTypeVersion="17" ma:contentTypeDescription="Skapa ett nytt dokument." ma:contentTypeScope="" ma:versionID="d07dad98990249b1332fda924efc58b7">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="338166e3-3174-4fc2-9c17-16a589e3932d" xmlns:ns3="dd1234b8-a07f-4315-b19a-b24e42894ecf" xmlns:ns4="cfd811cb-b435-46d2-b6f4-6ff4bff6b625" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a5cbca3cac4c2a3a311156ca5c3b7d0c" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="338166e3-3174-4fc2-9c17-16a589e3932d"/>
     <xsd:import namespace="dd1234b8-a07f-4315-b19a-b24e42894ecf"/>
+    <xsd:import namespace="cfd811cb-b435-46d2-b6f4-6ff4bff6b625"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="338166e3-3174-4fc2-9c17-16a589e3932d" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceAutoTags" ma:index="12" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
@@ -6789,79 +6792,101 @@
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="18" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="19" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="20" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="21" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="23" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Bildmarkeringar" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="c71fb807-b078-426a-9062-5b0c3c3445d0" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="dd1234b8-a07f-4315-b19a-b24e42894ecf" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Delat med" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Delat med information" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="cfd811cb-b435-46d2-b6f4-6ff4bff6b625" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="24" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{60a4b347-b518-4d00-a91c-fb38cd58a1a2}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="dd1234b8-a07f-4315-b19a-b24e42894ecf">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Innehållstyp"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Rubrik"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
@@ -6930,56 +6955,61 @@
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-  <documentManagement/>
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="338166e3-3174-4fc2-9c17-16a589e3932d">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="cfd811cb-b435-46d2-b6f4-6ff4bff6b625" xsi:nil="true"/>
+  </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3A82B55F-35E0-4E25-A98B-5B25AB4C34F1}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B758BA7B-BDD9-4BAD-AD2C-3073E2BA22A7}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C0D86CB6-6AE3-4A12-B910-3B9BE05925AA}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{50E6F948-D002-4CAF-8CE2-FDE68B32AA0A}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>tom mall med logga</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>181</Words>
   <Characters>1244</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>10</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>